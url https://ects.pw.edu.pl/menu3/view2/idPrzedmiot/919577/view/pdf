--- v0 (2025-10-29)
+++ v1 (2025-12-08)
@@ -743,137 +743,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie: statyki płynów, ustalonego i nieustalonego przepływu cieczy w przewodach pracujących pod ciśnieniem, jednostajnego i zmiennego, ustalonego ruchu ze swobodnym zwierciadłem, hydrauliki wód podziemnych w aspekcie ich ujmowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W10, IS_W01, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie czynników wywołujących przepływ cieczy i gazu, urządzeń wspomagających przepływ oraz warunków ograniczających przepływ cieczy w przewodach oraz kanałach otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>