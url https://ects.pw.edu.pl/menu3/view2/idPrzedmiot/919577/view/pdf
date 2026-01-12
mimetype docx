--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W01, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie czynników wywołujących przepływ cieczy i gazu, urządzeń wspomagających przepływ oraz warunków ograniczających przepływ cieczy w przewodach oraz kanałach otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>