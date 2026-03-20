--- v2 (2026-01-12)
+++ v3 (2026-03-20)
@@ -743,67 +743,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W01, IS_W04, IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie: statyki płynów, ustalonego i nieustalonego przepływu cieczy w przewodach pracujących pod ciśnieniem, jednostajnego i zmiennego, ustalonego ruchu ze swobodnym zwierciadłem, hydrauliki wód podziemnych w aspekcie ich ujmowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>