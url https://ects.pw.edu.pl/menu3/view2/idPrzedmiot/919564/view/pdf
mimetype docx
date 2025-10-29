--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Określa nośność i wymiaruje pręty ściskane w zakresie wyboczenia sprężystego i niesprężystego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>