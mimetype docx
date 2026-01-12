--- v1 (2025-10-29)
+++ v2 (2026-01-12)
@@ -915,121 +915,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Oblicza podstawowe charakterystyki geometryczne przekrojów; wykorzystując koło Mohra momentów bezwładności - wyznacza kierunki główne i momenty względem osi nachylonych pod dowolnym kątem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Określa nośność i wymiaruje pręty ściskane w zakresie wyboczenia sprężystego i niesprężystego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>