--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Oblicza podstawowe charakterystyki geometryczne przekrojów; wykorzystując koło Mohra momentów bezwładności - wyznacza kierunki główne i momenty względem osi nachylonych pod dowolnym kątem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1425,51 +1425,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>