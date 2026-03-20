--- v1 (2025-12-08)
+++ v2 (2026-03-20)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotowywać wymagane dokumenty planistyczne i raporty o oddziaływaniu na środowisko przedsięwzięć w zakresie gospodarki komunalnej, lub potrafi opracowywać wnioski i zna zasady wydawania decyzji administracyjnych w ochronie środowiska, lub przygotowywać dokumenty wymagane przy uzgadnianiu projektów z systemów wodociągowych i kanalizacyjnych, lub inżynierii wodnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>