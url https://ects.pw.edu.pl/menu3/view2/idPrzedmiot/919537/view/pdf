--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie języków programowania obiektowego dla celów automatyzacji typowych czynności w procesach projektowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aplikacja (makro) do automatyzacji wybranego zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować proste układy urządzeń i sieci i  instalacji Wod-Kan oraz elementy konstrukcji i urządzeń wodnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>