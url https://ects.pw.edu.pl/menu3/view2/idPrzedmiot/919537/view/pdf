--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aplikacja (makro) do automatyzacji wybranego zadania projektowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować proste układy urządzeń i sieci i  instalacji Wod-Kan oraz elementy konstrukcji i urządzeń wodnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>