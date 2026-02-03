--- v2 (2025-12-08)
+++ v3 (2026-02-03)
@@ -1001,51 +1001,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi modelować proste układy urządzeń i sieci i  instalacji Wod-Kan oraz elementy konstrukcji i urządzeń wodnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>