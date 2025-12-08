--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -792,51 +792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu projektowania, budowy, modernizacji i eksploatacji sieci i instalacji ogrzewczych, wentylacyjnych, klimatyza-cyjnych, wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1432,51 +1432,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>