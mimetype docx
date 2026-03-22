--- v1 (2025-12-08)
+++ v2 (2026-03-22)
@@ -1432,51 +1432,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić metodami matematycznymi analizy porównawcze rożnych rozwiązań technologicznych z zakresu ciepłownictwa, ogrzewnictwa, klimatyzacji, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>