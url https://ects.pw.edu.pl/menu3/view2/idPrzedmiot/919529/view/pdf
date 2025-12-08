--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu sposobów regulacji i sterowania w instalacji sprężonego powietrza oraz wpływu tego sterowania na redukcję kosztów eksploatacyjnych oraz minimalizacji przecieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1410,51 +1410,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić parametry wytrzymałościowe oraz właściwości poszczególnych materiałów stosowanych w instalacjach tj. ciśnienie nominalne, ciśnienie robocze, dopuszczalna temperatura pracy, wpływ pary wodnej na korozyjność stosowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>