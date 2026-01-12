--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -1182,67 +1182,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia sieci przewodów odciągów miejscowych oraz sprężonego powietrza co umożliwia modelowanie sieci na etapie projektowania, a tym samym umiejętność określenia podstawowych parametrów pracy tej instalacji. W dalszej konsekwencji potrafi dobrać typowe urządzenia stosowane do oczyszczania powietrza oraz zapewnienia właściwego przepływu w instalacjach odpylających oraz transportu pneumatycznego (wentylatory urządzenia odpylające) oraz dobór urządzeń do instalacji sprężonego powietrza (kompresory, filtry, zbiorniki buforowe, osuszacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>