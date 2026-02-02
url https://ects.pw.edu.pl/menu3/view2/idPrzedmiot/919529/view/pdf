--- v2 (2026-01-12)
+++ v3 (2026-02-02)
@@ -817,51 +817,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustnie
 Ćwiczenia projektowe - obrona projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W08, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W04, IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,67 +1182,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia sieci przewodów odciągów miejscowych oraz sprężonego powietrza co umożliwia modelowanie sieci na etapie projektowania, a tym samym umiejętność określenia podstawowych parametrów pracy tej instalacji. W dalszej konsekwencji potrafi dobrać typowe urządzenia stosowane do oczyszczania powietrza oraz zapewnienia właściwego przepływu w instalacjach odpylających oraz transportu pneumatycznego (wentylatory urządzenia odpylające) oraz dobór urządzeń do instalacji sprężonego powietrza (kompresory, filtry, zbiorniki buforowe, osuszacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1253,67 +1253,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować parametry pracy instalacji odciągów miejscowych i ich wpływ na zużycie energii przez wentylatory lub skuteczność porywania cząstek przez w zależności od zaprojektowanej ssawki lub objętościowego strumienia powietrza pobieranego przez ssawkę. Potrafi przeanalizować parametry pracy urządzeń oraz sieci przewodów sprężonego powietrza i ich wpływ na koszty eksploatacyjne oraz możliwość zapewnienia prawidłowej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>