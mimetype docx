--- v3 (2026-02-02)
+++ v4 (2026-03-21)
@@ -745,67 +745,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - ocena wykonania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W02, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu przemian termodynamicznych zachodzących w poszczególnych elementach instalacji sprężonego sprężonego powietrza. Przepływu powietrza w tych instalacjach oraz dynamiki tych procesów związanych z oporami przepływu przez instalację, osiadaniem zanieczyszczeń, siłami działąjącymi na zanieczyszczenia unoszone w instalacjach odciągów miejscowych czy materiałów przenoszonych z zastosowaniem transportu pneumatycznego. Dodatkowo posiada wiedzę z zakresu powstawania w skutek przemian termodynamicznych w instalacjach sprężonego powietrza kondensatu. Konieczności jego odprowadzania, oczyszczania oraz negatywnego wpływu ma materiał z którego wykonana jest instalacja oraz problemów eksploatacyjnych przy niewłaściwym jego odprowadzeniu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -817,51 +817,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustnie
 Ćwiczenia projektowe - obrona projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W04, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W08, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1253,67 +1253,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować parametry pracy instalacji odciągów miejscowych i ich wpływ na zużycie energii przez wentylatory lub skuteczność porywania cząstek przez w zależności od zaprojektowanej ssawki lub objętościowego strumienia powietrza pobieranego przez ssawkę. Potrafi przeanalizować parametry pracy urządzeń oraz sieci przewodów sprężonego powietrza i ich wpływ na koszty eksploatacyjne oraz możliwość zapewnienia prawidłowej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1545,67 +1545,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K05, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">