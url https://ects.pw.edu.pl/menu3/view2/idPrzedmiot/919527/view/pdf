--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1470,51 +1470,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia procesu przygotowania powietrza, potrafi narysować przebieg procesu na wykresie h-x.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>