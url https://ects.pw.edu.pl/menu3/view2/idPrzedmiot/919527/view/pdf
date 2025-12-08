--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -1024,87 +1024,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1123,58 +1193,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1193,208 +1263,208 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
+        <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia obciążenia cieplnego pomieszczenia, w tym obliczenia zysków od ludzi, oświetlenia, urządzeń, nasłonecznienia, potrafi obliczyć wymaganą ilość powietrza wentylacyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia obciążenia cieplnego pomieszczenia, w tym obliczenia zysków od ludzi, oświetlenia, urządzeń, nasłonecznienia, potrafi obliczyć wymaganą ilość powietrza wentylacyjnego.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć spadki ciśnienia występujące w sieci przewodów wentylacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1413,178 +1483,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć spadki ciśnienia występujące w sieci przewodów wentylacyjnych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia procesu przygotowania powietrza, potrafi narysować przebieg procesu na wykresie h-x.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać i przedstawić w odpowiedniej formie projekt instalacji wentylacji i klimatyzacji w przykładowym obiekcie, w oparciu o system ze stałą ilością powietrza CAV, z wykorzystaniem wyłącznie powietrza do wentylacji i klimatyzacji pomieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>