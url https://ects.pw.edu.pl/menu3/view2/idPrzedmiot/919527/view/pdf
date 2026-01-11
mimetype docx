--- v2 (2025-12-08)
+++ v3 (2026-01-11)
@@ -884,707 +884,707 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń przygotowania powietrza w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji i zasady działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń przygotowania powietrza w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji i zasady działania.</w:t>
+        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+        <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia i wielkości stosowane w obliczeniach akustycznych układów wentylacyjnych, rozumie procedurę obliczeń i doboru elementów tłumiących, zna właściwości akustyczne poszczególnych elementów instalacji i pomieszczenia.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia obciążenia cieplnego pomieszczenia, w tym obliczenia zysków od ludzi, oświetlenia, urządzeń, nasłonecznienia, potrafi obliczyć wymaganą ilość powietrza wentylacyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę na temat elementów regulacyjnych i zabezpieczających w instalacjach wentylacyjnych i klimatyzacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć spadki ciśnienia występujące w sieci przewodów wentylacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowana wiedzę na temat budowy i zasady działania systemów ze zmienną ilością powietrza VAV, na temat elementów składowych systemu i ich zasady działania </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia procesu przygotowania powietrza, potrafi narysować przebieg procesu na wykresie h-x.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać i przedstawić w odpowiedniej formie projekt instalacji wentylacji i klimatyzacji w przykładowym obiekcie, w oparciu o system ze stałą ilością powietrza CAV, z wykorzystaniem wyłącznie powietrza do wentylacji i klimatyzacji pomieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>