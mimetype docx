--- v0 (2025-12-09)
+++ v1 (2026-01-11)
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K03, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_K04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>