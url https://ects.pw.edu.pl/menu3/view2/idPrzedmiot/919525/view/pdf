--- v1 (2026-01-11)
+++ v2 (2026-03-21)
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K03, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K03, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IS_K04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>