--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub , lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub wytwarzania i transportu ciepła, lub gazu, lub uzdatniania wody i oczyszczania ścieków, lub zagospodarowania odpadów, stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>