--- v2 (2025-12-08)
+++ v3 (2026-01-12)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu projektowania, budowy, modernizacji i eksploatacji sieci, instalacji i obiektów gospodarki wodnej, lub zaopatrzenia wodę i odprowadzania ścieków, lub inżynierii wodnej, lub COWIG lub gospodarki odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować instalacje lub , lub układy automatycznej regulacji w zakresie: kształtowania wymaganej jakości powietrza wewnętrznego, lub wytwarzania i transportu ciepła, lub gazu, lub uzdatniania wody i oczyszczania ścieków, lub zagospodarowania odpadów, stosując właściwe narzędzia do wspomagania projektowania lub grafiki inżynierskiej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>