--- v0 (2025-12-25)
+++ v1 (2026-02-02)
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W19, IS_W02</w:t>
+        <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1419,51 +1419,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk zachodzących w procesach typowych dla gazownictwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>