--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W19, IS_W02, IS_W08, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach zmian w projektowaniu instalacji gazowych wynikających ze zmian w obowiązujących przepisach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1569,51 +1569,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej - ekonomiczne rozliczenia kosztów eksploatacyjnych w ogrzewnictwie i ciepłownictwie (przy źródłach zasilanych gazem), ekologiczne aspekty wykorzystania gazu w celach grzewczych i komunalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>