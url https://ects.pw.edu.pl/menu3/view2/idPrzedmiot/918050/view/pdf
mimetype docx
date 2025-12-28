--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -1189,401 +1189,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
+        <w:t xml:space="preserve">Potrafi zdobyć i przedstawić bieżące dane dotyczące wybranego rodzaju energii i jego perspektywy rozwoju, korzystająć z dostępnej literatury i Internetu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa</w:t>
+        <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U03</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
+        <w:t xml:space="preserve">Potrafi zdobyć i przedstawić bieżące dane dotyczące wybranego rodzaju energii i jego perspektywy rozwoju, korzystająć z dostępnej literatury i Internetu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa</w:t>
+        <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdobyć i przedstawić bieżące dane dotyczące wybranego rodzaju energii i jego perspektywy rozwoju, korzystająć z dostępnej literatury i Internetu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>