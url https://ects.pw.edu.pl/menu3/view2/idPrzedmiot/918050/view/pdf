--- v1 (2025-12-28)
+++ v2 (2026-01-17)
@@ -899,271 +899,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zagrożeń energetycznych i środowiskowych związanych z wykorzystaniem i rozwojem różnych źródeł energii, w tym energetyki jądrowej, OZE i energetyki z wykorzystaniem wodoru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zagrożeń energetycznych i środowiskowych związanych z wykorzystaniem i rozwojem różnych źródeł energii, w tym energetyki jądrowej, OZE i energetyki z wykorzystaniem wodoru</w:t>
+        <w:t xml:space="preserve">Umie odróżnić i sklasyfikować podstawowe systemy energetyczne, potrafi uzasadnić ich zastosowanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+        <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W11</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie odróżnić i sklasyfikować podstawowe systemy energetyczne, potrafi uzasadnić ich zastosowanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie odróżnić i sklasyfikować podstawowe systemy energetyczne, potrafi uzasadnić ich zastosowanie</w:t>
+        <w:t xml:space="preserve">Potrafi przedstawić opracowanie na temat różnych źródeł energiiw formie prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin końcowy, praca domowa</w:t>
+        <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U09</w:t>
+        <w:t xml:space="preserve">M1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1189,191 +1329,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U03</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>