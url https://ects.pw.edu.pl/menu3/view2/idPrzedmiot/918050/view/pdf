--- v2 (2026-01-17)
+++ v3 (2026-02-14)
@@ -899,121 +899,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zagrożeń energetycznych i środowiskowych związanych z wykorzystaniem i rozwojem różnych źródeł energii, w tym energetyki jądrowej, OZE i energetyki z wykorzystaniem wodoru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin końcowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>