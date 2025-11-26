--- v0 (2025-10-29)
+++ v1 (2025-11-26)
@@ -2039,121 +2039,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej przeprowadzana podczas konsultacji i zaliczenia końcowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK351_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma świadomość współodpowiedzialności za zadania realizowane w zespole																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej przeprowadzana podczas konsultacji i zaliczenia końcowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_K03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>