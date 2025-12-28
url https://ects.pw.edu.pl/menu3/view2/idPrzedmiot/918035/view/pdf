--- v1 (2025-11-26)
+++ v2 (2025-12-28)
@@ -1889,271 +1889,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK351_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru</w:t>
+        <w:t xml:space="preserve">														Student ma świadomość współodpowiedzialności za zadania realizowane w zespole																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
+        <w:t xml:space="preserve">Ocena pracy domowej przeprowadzana podczas konsultacji i zaliczenia końcowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U07</w:t>
+        <w:t xml:space="preserve">M1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZNK351_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student ma świadomość współodpowiedzialności za zadania realizowane w zespole																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej przeprowadzana podczas konsultacji i zaliczenia końcowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>