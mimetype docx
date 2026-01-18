--- v2 (2025-12-28)
+++ v3 (2026-01-18)
@@ -759,157 +759,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semetru oraz zadanie domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semetru oraz zadanie domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych pojęć rachunku prawdopodobieństwa</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semetru oraz zadanie domowe</w:t>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególnosci na temat estymacji i testowania hipotez statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -928,58 +1068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat twierdzeń granicznych, podstawowych rozkładów zmiennych losowych stosowanych w technice</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególnosci na temat estymacji i testowania hipotez statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -998,58 +1138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególnosci na temat estymacji i testowania hipotez statystycznych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1068,58 +1208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o typowych zadaniach statystyki i w szczególnosci na temat estymacji i testowania hipotez statystycznych</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1130,216 +1270,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W01</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o szacowaniu niepewności błędu pomiarów oraz możliwości analiz z zastosowaniem pakietów dedykowanych</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W07</w:t>
+        <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1358,58 +1498,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć charakterystyki liczbowe dla typowych zmiennych losowych </w:t>
+        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1428,58 +1568,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1498,58 +1638,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować twierdzenia graniczne do modelowania błędów pomiarów i w opisie zjawisk losowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1568,58 +1708,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
+        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1638,58 +1778,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić estymację typowych charakterystyk zmiennych losowych</w:t>
+        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1708,58 +1848,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować</w:t>
+        <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1778,232 +1918,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi postawić hipotezę statystyczną i ją przetestować</w:t>
+        <w:t xml:space="preserve">Potrafi oszacować niepewność pomiaru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany w trakcie semestru oraz praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>