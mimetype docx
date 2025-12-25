--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -1751,121 +1751,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania metod iteracyjnych oraz - w wybranych przypadkach – zweryfikować warunki ich zbieżności.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>