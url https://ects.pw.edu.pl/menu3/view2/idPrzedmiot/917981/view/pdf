--- v2 (2026-02-07)
+++ v3 (2026-03-20)
@@ -1611,105 +1611,175 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi porównać i ocenić krytycznie właściwości poznanych metody całkowania równań różniczkowych zwyczajnych.						</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania metod iteracyjnych oraz - w wybranych przypadkach – zweryfikować warunki ich zbieżności.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium  nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1751,87 +1821,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania metod iteracyjnych oraz - w wybranych przypadkach – zweryfikować warunki ich zbieżności.					</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1850,582 +1990,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 5.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 5.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
+        <w:t xml:space="preserve">Ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy i postępów studentów w trakcie wykonywania ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>