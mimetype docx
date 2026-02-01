--- v0 (2025-12-24)
+++ v1 (2026-02-01)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1256,51 +1256,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>