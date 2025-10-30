--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U15, MiBM2_U01, MiBM2_U08, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U15, MiBM2_U01, MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1252,51 +1252,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
+        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U15, MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>