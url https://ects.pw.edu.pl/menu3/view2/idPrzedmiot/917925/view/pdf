--- v1 (2025-10-30)
+++ v2 (2025-12-26)
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U15, MiBM2_U01, MiBM2_U08</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>