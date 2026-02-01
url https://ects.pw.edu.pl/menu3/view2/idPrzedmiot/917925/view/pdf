--- v2 (2025-12-26)
+++ v3 (2026-02-01)
@@ -822,87 +822,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W01, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -913,146 +983,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W05, MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
+        <w:t xml:space="preserve">											Potrafi wykorzystać twierdzenia graniczne w modelowaniu zjawisk losowych.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1071,58 +1141,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">											Potrafi wykorzystać twierdzenia graniczne w modelowaniu zjawisk losowych.																</w:t>
+        <w:t xml:space="preserve">													Potrafi postawić i rozwiązać podstawowe zadania statystyki.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1141,162 +1211,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">													Potrafi postawić i rozwiązać podstawowe zadania statystyki.												</w:t>
+        <w:t xml:space="preserve">									Potrafi opisać matematycznie proste procesy stochastyczne.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01, MiBM2_U08, MiBM2_U09, MiBM2_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U15, MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>