--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>