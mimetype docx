--- v1 (2025-10-31)
+++ v2 (2025-12-25)
@@ -766,87 +766,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna model warstwy przyściennej i jej sprzężenia z ruchem zewnętrznym.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna model warstwy przyściennej i jej sprzężenia z ruchem zewnętrznym.							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -865,58 +935,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
+        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -935,58 +1005,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1005,58 +1075,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
+        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1075,58 +1145,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,320 +1207,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
+        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>