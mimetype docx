--- v2 (2025-12-25)
+++ v3 (2026-02-03)
@@ -766,51 +766,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -836,87 +836,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W01, MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę w zakresie niestateczności hydrodynamicznej i zjawiska przejścia laminarno-turbulentnego.							</w:t>
+        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -935,58 +1005,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma poszerzoną wiedzę w zakresie modelowania matematycznego i numerycznego przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1005,58 +1075,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna cechy fizyczne i modele teoretyczne przepływów z niskimi liczbami Reynoldsa.						</w:t>
+        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1075,58 +1145,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,320 +1207,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>