--- v3 (2026-02-03)
+++ v4 (2026-02-25)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W04, MiBM2_W01, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,87 +1046,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W04, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna właściwości fizyczne i opis formalny ruchu gazu, w tym przepływów z silnymi nieciągłościami.					</w:t>
+        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1137,460 +1207,390 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy fizyczne zjawisk dyfuzji oraz ich opisy formalne: polowy i kinetyczny (stochastyczny).						</w:t>
+        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W03, MiBM2_W04</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi objaśnić zasady prowadzenia obliczeń aerodynamicznych w oparciu o model sprzężenia warstwy przyściennej i zewnętrznego przepływu potencjalnego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi stosować metody podobieństwa dynamicznego przepływów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić techniczne zastosowania teorii przepływów z niskimi liczbami Reynoldsa	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U10, MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK429_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK429_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić i poddać krytycznej ocenie podstawowe metody modelowania przepływów turbulentnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić zasady modelowania przepływów z silnymi nieciągłościami i ich zastosowania w teorii wybuchów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
+        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10, MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>