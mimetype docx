--- v4 (2026-02-25)
+++ v5 (2026-03-21)
@@ -1546,51 +1546,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U10, MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>