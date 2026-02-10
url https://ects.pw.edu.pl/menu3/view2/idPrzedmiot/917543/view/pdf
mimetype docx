--- v0 (2025-10-06)
+++ v1 (2026-02-10)
@@ -12,750 +12,753 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Programming language with numerical methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Joanna Kożuchowska MSc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Geodesy and Cartography</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obligatory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1060-GK000-MSA-1008</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1 / rok ak. 2023/2024</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">class attendance - 30h, preparation for classes - 15h, completing assignments - 8h, preparation for a final test - 7, office hours appointments - 2h; total: 62h = 2 ECTS points</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">class attendance - 30h, office hours appointments - 2h; total: 32h = 1 ECTS point</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">english</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">class attendance - 30h, preparation for classes - 15h, completing graded assignments - 8h, preparation for a final test - 7h; total: 60h = 2 ECTS points</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">The course assumes familiarity with linear algebra and calculus. Elementary skills in information technology are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">The aim of the course is to provide students with the knowledge on numerical algorithms used for solving selected mathematical and engineering problems and application of these algorithms with selected programming language.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contents of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Introduction to programming: variable types, condition statements, loops, operations on matrices. Practical use of programming knowledge in numerical calculations. Numerical error analysis. Solution of nonlinear equations: bisection method, secant method, Newton’s method. Solving systems of linear and nonlinear equations: direct elimination methods, factorization, iterative methods. Polynomial approximation and interpolation. Least Squares method. Numerical integration. The Fourier Transform and filtering methods. Elements of geostatistics (spatial statistics, crossvalidation, kriging method).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Students are obliged to submit graded assignments and write a final test. To receive a passing grade, obtaining at least 50% of total number of points is required. In-class student activity may be an additional element of the assessment. The grading scale starts with a failing grade 2 and consists of five passing grades: 3, 3.5, 4, 4.5, 5.
+Attendance at all classes is required (more than two unjustified absences means failing the course).
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">no</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Gerald, C. F., Wheatley, P. O. (1994). Applied numerical analysis. 7th edition, Pearson Addison-Wesley.
 Kiusalaas, J. (2013). Numerical methods in engineering with Python 3. Cambridge University press.
 Press, W. H., Teukolsky, S. A., Vetterling, W. T., &amp; Flannery, B. P. (2007). Numerical recipes 3rd edition: The art of scientific computing. Cambridge university press.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt GK.MMNxxx_U1: </w:t>
+        <w:t xml:space="preserve">Effect GK.MMNxxx_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać język programowania Python do zapisania algorytmów potrzebnych do rozwiązania rozważanego problemu.</w:t>
+        <w:t xml:space="preserve">The student is able to use Python programming language to implement an algorithm necessary for solving the concerned problem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in-class assignments, graded-assignment</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U19</w:t>
@@ -765,67 +768,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U07, T2A_U10, T2A_U11, T2A_U13, T2A_U15, T2A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt GK.MMNxxx_U2: </w:t>
+        <w:t xml:space="preserve">Effect GK.MMNxxx_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zautomatyzować przetwarzanie różnych zbiorów danych.</w:t>
+        <w:t xml:space="preserve">The student knows how to automate processing of various datasets.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in-class assignments</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U19, K_U18</w:t>
@@ -835,67 +838,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U07, T2A_U10, T2A_U11, T2A_U13, T2A_U15, T2A_U16, T2A_U07, T2A_U08, T2A_U09, T2A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt GK.MMNxxx_U3: </w:t>
+        <w:t xml:space="preserve">Effect GK.MMNxxx_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna wybrane algorytmy metod numerycznych (rozwiązywanie układów równań liniowych i nieliniowych, całkowanie numeryczne, aproksymacja) i potrafi wykorzystać je w zagadnieniach praktycznych.</w:t>
+        <w:t xml:space="preserve">The student has knowledge of chosen numerical methods algorithms (solving linear and non-linear systems of equations, numerical integration and approximation) and is able to use it for the purpose of solving practical engineering problems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in-class activity, graded assignment, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U09</w:t>
@@ -905,67 +908,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U01, T2A_U09, T2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt GK.MMNxxx_U4: </w:t>
+        <w:t xml:space="preserve">Effect GK.MMNxxx_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeanalizować złożoność wybranych algorytmów metod numerycznych, wiarygodność wyniku oraz potrafi ocenić odpowiedniość ich zastosowania w rozwiązywaniu zadania.</w:t>
+        <w:t xml:space="preserve">The student is able to assess the complexity of the chosen numerical methods algorithms, reliability of the numerical results and can evaluate their relevance to the solved problem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">in-class activity, graded assignment</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U08</w:t>