--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W03, M2MNT_W07</w:t>
+        <w:t xml:space="preserve">M2MNT_W07, M2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNT_W06, M2_W03</w:t>
+        <w:t xml:space="preserve">M2_W03, M2MNT_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>