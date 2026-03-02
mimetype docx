--- v1 (2025-12-25)
+++ v2 (2026-03-02)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W01, M2MNT_W04</w:t>
+        <w:t xml:space="preserve">M2MNT_W04, M2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNT_W07, M2_W03</w:t>
+        <w:t xml:space="preserve">M2_W03, M2MNT_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>