--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -765,67 +765,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W02, I2_W07**, I2SI_W01</w:t>
+        <w:t xml:space="preserve">I2_W07**, I2SI_W01, I2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady etyczne związane z wykonywaniem zawodu informatyka i rozumie konieczność rozważania społecznych skutków technologii informacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -905,67 +905,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W03, I2_W06**, I2_W07**, I2_W02</w:t>
+        <w:t xml:space="preserve">I2_W02, I2_W03, I2_W06**, I2_W07**</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>