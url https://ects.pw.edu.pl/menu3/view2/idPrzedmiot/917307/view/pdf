--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2SI_W05, I2SI_W06, I2SI_W07, I2_W01, I2_W02, I2SI_W02, I2SI_W03, I2SI_W04</w:t>
+        <w:t xml:space="preserve">I2_W01, I2_W02, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09</w:t>
+        <w:t xml:space="preserve">I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U09, I2_U10, I2_U06, I2_U07, I2_U08</w:t>
+        <w:t xml:space="preserve">I2_U06, I2_U07, I2_U08, I2_U09, I2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>