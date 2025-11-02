--- v0 (2025-10-06)
+++ v1 (2025-11-02)
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2SI_W05, I2SI_W01</w:t>
+        <w:t xml:space="preserve">I2SI_W01, I2SI_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>