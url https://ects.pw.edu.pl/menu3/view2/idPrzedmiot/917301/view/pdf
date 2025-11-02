--- v1 (2025-11-02)
+++ v2 (2025-11-02)
@@ -912,51 +912,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzaminu – część pisemna, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U07, I2_U08, I2SI_U01</w:t>
+        <w:t xml:space="preserve">I2_U08, I2SI_U01, I2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>