--- v2 (2025-11-02)
+++ v3 (2025-12-25)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W02, I2SI_W02, I2SI_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby testowania skuteczności sieci neuronowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,51 +912,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzaminu – część pisemna, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U08, I2SI_U01, I2_U07</w:t>
+        <w:t xml:space="preserve">I2_U07, I2_U08, I2SI_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>