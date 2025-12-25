--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, dyskusja przykładowych programów i wykonanych zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W03, I2_W06**, I2_W07**</w:t>
+        <w:t xml:space="preserve">I2_W06**, I2_W07**, I2CC_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04, I2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>