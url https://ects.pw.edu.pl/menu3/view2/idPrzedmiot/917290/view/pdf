--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, dyskusja przykładowych programów i wykonanych zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U01, I2_U03, I2_U05, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2_U03, I2_U05, I2CC_U04, I2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04, I2_U05</w:t>
+        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>