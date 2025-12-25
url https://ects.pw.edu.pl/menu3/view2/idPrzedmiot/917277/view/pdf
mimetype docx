--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -988,51 +988,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Grades of projects</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U01, DS2_U04, DS2_U05</w:t>
+        <w:t xml:space="preserve">DS2_U05, DS2_U01, DS2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>