--- v1 (2025-12-25)
+++ v2 (2026-02-12)
@@ -768,51 +768,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Grades of projects and their presentations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_W03, DS2_W04, DS2_W06</w:t>
+        <w:t xml:space="preserve">DS2_W04, DS2_W06, DS2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -988,51 +988,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Grades of projects</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U05, DS2_U01, DS2_U04</w:t>
+        <w:t xml:space="preserve">DS2_U01, DS2_U04, DS2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>