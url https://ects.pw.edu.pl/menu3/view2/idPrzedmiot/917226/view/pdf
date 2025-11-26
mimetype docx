--- v0 (2025-10-30)
+++ v1 (2025-11-26)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W12, MAD1_W14, MAD1_W09</w:t>
+        <w:t xml:space="preserve">MAD1_W09, MAD1_W12, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe poszukiwania optimum (w tym zagadnienie programowania liniowego 
 i kwadratowego, metody optymalizacji 
 z ograniczeniami, metodę gradientu oraz metody niedeterministyczne).
 </w:t>
       </w:r>
     </w:p>
@@ -930,121 +930,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02, MAD1_U04, MAD1_U11, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać właściwą metodę rozwiązania zagadnienia optymalizacyjnego (ze szczególnym uwzględnieniem problemów pojawiających się w geometrii i statystyce).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia i kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U04, MAD1_U11, MAD1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.2, I.P6S_UO, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>