--- v1 (2025-11-26)
+++ v2 (2026-02-02)
@@ -833,67 +833,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W09, MAD1_W12, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W09, MAD1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02, MAD1_U04, MAD1_U11, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą metodę rozwiązania zagadnienia optymalizacyjnego (ze szczególnym uwzględnieniem problemów pojawiających się w geometrii i statystyce).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>