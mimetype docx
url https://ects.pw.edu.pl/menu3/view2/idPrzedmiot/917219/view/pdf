--- v0 (2025-11-02)
+++ v1 (2025-11-26)
@@ -790,51 +790,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie zmiennej losowej i wektora losowego, metody ich opisu  oraz ich charakterystyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1220,51 +1220,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie znajdować rozkłady funkcji zmiennych losowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>