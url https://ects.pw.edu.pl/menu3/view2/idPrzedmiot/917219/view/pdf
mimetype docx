--- v1 (2025-11-26)
+++ v2 (2025-12-25)
@@ -1150,121 +1150,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczać charakterystyki zmiennych losowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin pisemny, ocena punktowa aktywności na zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie znajdować rozkłady funkcji zmiennych losowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>