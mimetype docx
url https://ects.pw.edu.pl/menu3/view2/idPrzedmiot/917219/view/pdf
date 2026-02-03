--- v3 (2026-02-02)
+++ v4 (2026-02-03)
@@ -860,51 +860,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rozkłady prawdopodobieństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>