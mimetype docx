--- v0 (2025-10-06)
+++ v1 (2026-01-18)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W09, K_W03, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 </w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>