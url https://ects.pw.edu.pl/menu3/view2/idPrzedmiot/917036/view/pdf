--- v1 (2026-01-18)
+++ v2 (2026-02-11)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>