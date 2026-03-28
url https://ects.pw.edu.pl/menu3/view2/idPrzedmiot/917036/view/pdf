--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25, K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U26, K_U27, K_U28, K_U29, K_U30 , K_U01, K_U02, K_U03, K_U04, K_U11, K_U16, K_U17, K_U18, K_U19, K_U20, K_U23, K_U24, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>