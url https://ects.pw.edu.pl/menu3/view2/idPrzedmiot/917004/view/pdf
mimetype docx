--- v0 (2025-10-07)
+++ v1 (2026-01-18)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U13, K_U16, K_U18, K_U19, K_U20, K_U23, K_U24, K_U30 </w:t>
+        <w:t xml:space="preserve">K_U13, K_U16, K_U18, K_U19, K_U20, K_U23, K_U24, K_U30 , K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>