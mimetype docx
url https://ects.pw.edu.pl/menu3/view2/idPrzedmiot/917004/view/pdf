--- v1 (2026-01-18)
+++ v2 (2026-03-25)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U16, K_U18, K_U19, K_U20, K_U23, K_U24, K_U30 , K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U19, K_U20, K_U23, K_U24, K_U30 , K_U06, K_U08, K_U13, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>