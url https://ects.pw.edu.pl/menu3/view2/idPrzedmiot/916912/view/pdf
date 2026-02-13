--- v0 (2025-12-25)
+++ v1 (2026-02-13)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prezentacji wyników zadania, sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W22, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W14, K_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>