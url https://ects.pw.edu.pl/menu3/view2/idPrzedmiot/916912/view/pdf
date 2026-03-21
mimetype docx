--- v1 (2026-02-13)
+++ v2 (2026-03-21)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>