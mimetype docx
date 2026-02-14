--- v1 (2026-01-21)
+++ v2 (2026-02-14)
@@ -1672,51 +1672,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U21, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U16, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil praktyczny - kompetencje społeczne</w:t>
@@ -1752,51 +1752,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odpowiedzialność za jakość efektów zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>