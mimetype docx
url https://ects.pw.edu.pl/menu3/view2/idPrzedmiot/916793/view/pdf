--- v0 (2025-12-25)
+++ v1 (2026-02-01)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W03_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o trendach rozwojowych i najistotniejszych nowych osiągnięciach mających zastosowanie w wykonawstwie instalacji sanitarnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1261,51 +1261,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U14: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny ekonomicznej realizacji robót instalacyjnych z wykorzystaniem określonych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1481,51 +1481,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć i działać w sposób kreatywny i przedsiębiorczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>