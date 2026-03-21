--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -831,481 +831,481 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody, techniki, narzędzia i materiały niezbędne do planowania inwestycji dotyczących instalacji sanitarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt i jego ustna obrona.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_W07_02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody, techniki, narzędzia i materiały niezbędne do planowania inwestycji dotyczących instalacji sanitarnych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną dotyczącą zarządzania, w tym zarządzania jakością i prowadzenia działalności gospodarczej w zakresie inżynierii środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt i jego ustna obrona.</w:t>
+        <w:t xml:space="preserve">Ocena aktywności podczas zajęć. Kolokwium pisemne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W07_02</w:t>
+        <w:t xml:space="preserve">I2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną dotyczącą zarządzania, w tym zarządzania jakością i prowadzenia działalności gospodarczej w zakresie inżynierii środowiska.</w:t>
+        <w:t xml:space="preserve">Zna ogólne zasady tworzenia i rozwoju form indywidualnej przedsiębiorczości, wykorzystującej wiedzę z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku inżynieria środowiska.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena aktywności podczas zajęć. Kolokwium pisemne.</w:t>
+        <w:t xml:space="preserve">Ocena aktywności podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W09</w:t>
+        <w:t xml:space="preserve">I2A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólne zasady tworzenia i rozwoju form indywidualnej przedsiębiorczości, wykorzystującej wiedzę z zakresu dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku inżynieria środowiska.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim, w zakresie wykonawstwa, szacowania kosztów, planowania i organizacji robót instalacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena aktywności podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Kolokwium pisemne. Projekt i jego ustna obrona. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W11</w:t>
+        <w:t xml:space="preserve">I2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim, w zakresie wykonawstwa, szacowania kosztów, planowania i organizacji robót instalacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi określać kierunki dalszego kształcenia się i zrealizować proces samokształcenia w celu uzyskania wiedzy w zakresie nowoczesnych technologii robót instalacyjnych sanitarnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne. Projekt i jego ustna obrona. </w:t>
+        <w:t xml:space="preserve">Kolokwium pisemne. Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_U01</w:t>
+        <w:t xml:space="preserve">I2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U13: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określać kierunki dalszego kształcenia się i zrealizować proces samokształcenia w celu uzyskania wiedzy w zakresie nowoczesnych technologii robót instalacyjnych sanitarnych. </w:t>
+        <w:t xml:space="preserve">Ma przygotowanie niezbędne do pracy w środowisku przemysłowym oraz zna zasady bezpieczeństwa związane z pracą, w szczególności w czasie wykonywania robót instalacyjnych. Potrafi kierować pracą zespołu podczas realizacji inwestycji, a także współdziałać z innymi osobami w ramach prac zespołowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne. Obrona projektu.</w:t>
+        <w:t xml:space="preserve">Ocena aktywności podczas zajęć. Projekt i jego ustna obrona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_U05</w:t>
+        <w:t xml:space="preserve">I2A_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U14: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać oceny ekonomicznej realizacji robót instalacyjnych z wykorzystaniem określonych technologii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>