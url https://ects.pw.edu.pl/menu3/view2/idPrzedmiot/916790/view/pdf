--- v0 (2025-12-25)
+++ v1 (2026-02-02)
@@ -1042,51 +1042,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>