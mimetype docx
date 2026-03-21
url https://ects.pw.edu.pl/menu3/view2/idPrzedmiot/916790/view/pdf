--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -972,121 +972,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi na podstawie danych wejściowych dokonać analiz rozprzestrzeniania się zanieczyszczeń w środowisku gruntowo-wodnym i obliczyć stosując metody analityczne i symulacyjne efektywność techniki stosowanych w remediacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (L1-L8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>