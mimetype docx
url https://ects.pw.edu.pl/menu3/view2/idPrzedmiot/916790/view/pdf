--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -752,271 +752,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_W03_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną z zakresu technik i technologii stosowanych w remediacji gruntów i wód podziemnych obejmującą zagadnienia z obszaru inżynierii środowiska umożliwiającą rozumienie procesów degradacji/stabilizacji zanieczyszczeń oraz rewitalizacji ekosystemów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin (W3-W15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2A_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną z zakresu technik i technologii stosowanych w remediacji gruntów i wód podziemnych obejmującą zagadnienia z obszaru inżynierii środowiska umożliwiającą rozumienie procesów degradacji/stabilizacji zanieczyszczeń oraz rewitalizacji ekosystemów</w:t>
+        <w:t xml:space="preserve">Zna podstawowe metody remediacji, techniki i technologie stosowane do usuwania/stabilizacji zanieczyszczeń w środowisku gruntowo-wodnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin (W3-W15)</w:t>
+        <w:t xml:space="preserve">Egzamin (W6-W15), (L4-L8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W04</w:t>
+        <w:t xml:space="preserve">I2A_W07_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07_01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody remediacji, techniki i technologie stosowane do usuwania/stabilizacji zanieczyszczeń w środowisku gruntowo-wodnym</w:t>
+        <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty w warunkach laboratoryjnych dotyczące przepływu zanieczyszczeń w środowisku gruntowo-wodnym i technik remediacji; potrafi interpretować uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin (W6-W15), (L4-L8)</w:t>
+        <w:t xml:space="preserve">Oceny z protokołów (L2-L8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2A_W07_01</w:t>
+        <w:t xml:space="preserve">I2A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na podstawie danych wejściowych dokonać analiz rozprzestrzeniania się zanieczyszczeń w środowisku gruntowo-wodnym i obliczyć stosując metody analityczne i symulacyjne efektywność techniki stosowanych w remediacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>