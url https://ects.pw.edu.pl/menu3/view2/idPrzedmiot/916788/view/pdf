--- v0 (2025-11-06)
+++ v1 (2025-12-05)
@@ -1048,51 +1048,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2A_U17_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U18: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność metod i narzędzi służących do rozwiązania zadań inżynierskich typowych w zakresie instalacji, w tym dostrzec ograniczenia tych metod i narzędzi. Potrafi, stosując także koncepcyjne nowe metody, rozwiązywać złożone zadania inżynierskie w zakresie instalacji, w tym zadania nietypowe oraz zadania zawierające komponent badawczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>