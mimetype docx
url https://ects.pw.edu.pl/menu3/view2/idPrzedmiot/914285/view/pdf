--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusje, czytanie lektur, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student(ka) zna społeczną historię Internetu oraz liberalno-demokratyczne wartości, jakie przyświecały twórcom sieci.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -920,121 +920,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student(ka) potrafi dostrzec różnice w dynamice kontaktów interpersonalnych i relacji grupowych w sieci i poza nią, a także uwzględniać te różnice w codziennym życiu prywatnym i zawodowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>