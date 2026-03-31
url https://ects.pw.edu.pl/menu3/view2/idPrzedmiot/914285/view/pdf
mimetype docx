--- v1 (2026-02-27)
+++ v2 (2026-03-31)
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja, kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student(ka) potrafi dostrzec różnice w dynamice kontaktów interpersonalnych i relacji grupowych w sieci i poza nią, a także uwzględniać te różnice w codziennym życiu prywatnym i zawodowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>