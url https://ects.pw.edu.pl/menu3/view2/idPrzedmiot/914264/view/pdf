--- v0 (2026-01-08)
+++ v1 (2026-02-01)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie rolę uwarunkowań działań marketingowych w otoczeniu międzynarodowym i globalnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie pojęcie internacjonalizacji przedsiębiorstw</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -984,51 +984,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi ocenić strategie marketingowe przedsiębiorstw na rynkach zagranicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1038,67 +1038,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, prezentacja multimedialna, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie analizować programy marketingowe przedsiębiorstw działających na rynkach zagranicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1108,67 +1108,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, prezentacja multimedialna, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>