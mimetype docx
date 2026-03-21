--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, dyskusja na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.X.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozumie pojęcie internacjonalizacji przedsiębiorstw</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1038,67 +1038,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca pisemna, prezentacja multimedialna, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie analizować programy marketingowe przedsiębiorstw działających na rynkach zagranicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>