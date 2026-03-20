--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -780,771 +780,771 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie ZZL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe w postaci testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie ZZL</w:t>
+        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie ZZL i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe w postaci testu</w:t>
+        <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie ZZL i potrafi je zastosować w praktyce.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o funkcjach ZZL, o jego celach, podstawach, organizacji i funkcjonowaniu</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na proces zarządzania zasobami ludzkimi w przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">test pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W03, K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność diagnozowania kluczowych kompetencji pracowników na danych stanowiskach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie na czym polega praca zespołowa, zna mechanizmy funkcjonowania zespołów pracowniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdiagnozować potrzeby personalne w organizacji w oparciu o analizę: strategii i kultury organizacyjnej oraz zdefiniować zakres zadań pracowniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności z zakresu ZZL. Rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe w formie testu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Odpowiedzialnie przygotowuje się do pełnienia ważnej roli w społeczeństwie, projektuje i wykonuje zadania w zakresie pracy zawodowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie w formie testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na proces zarządzania zasobami ludzkimi w przedsiębiorstwie.</w:t>
+        <w:t xml:space="preserve">Jest przygotowany do identyfikowania i interpretowania danych z wykorzystaniem systemów teleinformatycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
-[...439 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">