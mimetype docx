--- v0 (2025-10-26)
+++ v1 (2026-03-16)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.S.P7S_UW.1, II.H.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1282,51 +1282,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1336,67 +1336,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować źródła prawa w zakresie prawa budowlanego w programie Lex/legalis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1422,51 +1422,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U08, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z Internetowego Systemu Aktów Prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1476,67 +1476,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z ortofotomapy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1546,67 +1546,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Demonstracja na zajęciach + praca własna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U08, K_U12, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>