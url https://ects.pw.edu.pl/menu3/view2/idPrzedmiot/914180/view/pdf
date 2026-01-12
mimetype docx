--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach, kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09, K_W01</w:t>
+        <w:t xml:space="preserve">K_W09, K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>