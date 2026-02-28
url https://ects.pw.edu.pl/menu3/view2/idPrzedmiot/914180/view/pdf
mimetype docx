--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach, kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna podstawowe uwarunkowania komunikacji prowadzonej międzykulturowo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,121 +935,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student jest świadom znaczenia nauki o komunikowaniu dla rozwiązywania problemów społecznych i organizacyjnych, a także interpersonalnych. 	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium końcowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>