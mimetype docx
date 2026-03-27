--- v2 (2026-02-28)
+++ v3 (2026-03-27)
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -935,51 +935,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest świadom znaczenia nauki o komunikowaniu dla rozwiązywania problemów społecznych i organizacyjnych, a także interpersonalnych. 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,51 +1005,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>