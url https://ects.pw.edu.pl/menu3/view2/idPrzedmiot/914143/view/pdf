--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -840,291 +840,361 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji. Zna podstawy prawne bezpieczeństwa informacji i systemów teleinformatycznych organizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji. Zna podstawy prawne bezpieczeństwa informacji i systemów teleinformatycznych organizacji.</w:t>
+        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W11 BNP, K_W12 BNP, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 BNP, K_W01, K_W09, K_W10, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować metody informatyczne przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1143,248 +1213,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować metody informatyczne przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji przy wykorzystaniu narzędzi teleinformatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+        <w:t xml:space="preserve">K_U08, K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.3.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>