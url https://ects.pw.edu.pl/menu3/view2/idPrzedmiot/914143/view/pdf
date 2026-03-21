--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -754,637 +754,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna źródła prawa i zagrożenia informacji oraz systemów teleinformatycznych organizacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna źródła prawa i zagrożenia informacji oraz systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji. Zna podstawy prawne bezpieczeństwa informacji i systemów teleinformatycznych organizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji. Zna podstawy prawne bezpieczeństwa informacji i systemów teleinformatycznych organizacji.</w:t>
+        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna modele, strategie, polityki bezpieczeństwa oraz zasady zarządzania bezpieczeństwem informacji organizacji</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W01, K_W09, K_W10, K_W11 BNP, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą zasad bezpiecznego wykorzystywania usług teleinformatycznych w codziennej działalności organizacji oraz sytuacjach kryzysowych</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W11 BNP, K_W12 BNP, K_W01</w:t>
+        <w:t xml:space="preserve">K_U08, K_U12, K_U13 BNP, K_U14 BNP, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić analizy zagrożeń informacji i systemów teleinformatycznych organizacji.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować metody informatyczne przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U06, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować metody informatyczne przeciwdziałania zagrożeniom informacji i systemów teleinformatycznych organizacji</w:t>
+        <w:t xml:space="preserve">Potrafi bezpiecznie stosować usługi teleinformatyczne w codziennej działalności organizacji oraz w sytuacjach kryzysowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U14 BNP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować politykę bezpieczeństwa informacji lub systemu teleinformatycznego organizacji przy wykorzystaniu narzędzi teleinformatycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, wystąpienia w toku ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, II.X.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>