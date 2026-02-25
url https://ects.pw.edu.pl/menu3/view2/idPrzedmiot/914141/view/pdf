--- v0 (2026-01-15)
+++ v1 (2026-02-25)
@@ -895,51 +895,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat doboru i wykorzystywania źródeł ze szczelnym uwzględnieniem praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,51 +965,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę co do istniejących norm prawnych i etycznych związanych z przygotowywaniem pracy dyplomowej na studiach magisterskich. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1325,51 +1325,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób rozszerzony  opracowywać zebrane dane, analizować i interpretować, wyciągać wnioski oraz formułować i uzasadniać opinie w zakresie tematycznym związanym z pracą, ze szczególnym uwzględnieniem aspektów prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>