--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -895,51 +895,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat doboru i wykorzystywania źródeł ze szczelnym uwzględnieniem praw autorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1185,51 +1185,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi w sposób poszerzony przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>