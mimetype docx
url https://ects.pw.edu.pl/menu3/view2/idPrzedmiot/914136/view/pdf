--- v0 (2026-01-12)
+++ v1 (2026-02-25)
@@ -772,67 +772,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_TFPP02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna główne koncepcje prawa (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -858,51 +858,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_TFPP03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada ogólną wiedzę o państwie, władzy, polityce,  prawie i administracji w Polsce oraz we współczesnym świecie (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_TFPP07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma ogólną wiedzę historyczną o procesach powstawania i kształtowania się państw oraz systemów prawnych (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1272,67 +1272,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_TFPP02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie samodzielnie się dokształcać w zakresie teorii i filozofii państwa i prawa (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>