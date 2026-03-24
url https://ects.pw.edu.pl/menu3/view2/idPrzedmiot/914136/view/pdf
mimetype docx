--- v1 (2026-02-25)
+++ v2 (2026-03-24)
@@ -788,551 +788,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna główne koncepcje prawa (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada ogólną wiedzę o państwie, władzy, polityce,  prawie i administracji w Polsce oraz we współczesnym świecie (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozumie aksjologiczne i etyczne uwarunkowania systemów prawnych i systemów ustrojowych (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> rozumie znaczenie prawa i państwa dla jednostki społecznej i społeczeństwa (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma ogólną wiedzę z zakresu historii filozofii państwa i prawa (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_TFPP07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma ogólną wiedzę historyczną o procesach powstawania i kształtowania się państw oraz systemów prawnych (P)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_TFPP02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_TFPP01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna główne koncepcje prawa (P)</w:t>
+        <w:t xml:space="preserve">umie formułować problemy o charakterze prawnym i politycznym w ogólny i syntetyczny sposób (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny </w:t>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_TFPP02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie samodzielnie się dokształcać w zakresie teorii i filozofii państwa i prawa (P)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>