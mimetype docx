--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie rolę oraz miejsce bezpieczeństwa w teoriach stosunków międzynarodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -821,357 +821,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna uwarunkowania, źródła i zagrożenia bezpieczeństwa międzynarodowego i narodowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.S.P6S_WG.2, II.T.P6S_WK, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna uwarunkowania, źródła i zagrożenia bezpieczeństwa międzynarodowego i narodowego</w:t>
+        <w:t xml:space="preserve">Zna podstawy prawa wojennego i humanitarnego oraz organizacje międzynarodowe wywierające wpływ na zapewnienie bezpieczeństwa narodowego i międzynarodowego..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.T.P6S_WK, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy prawa wojennego i humanitarnego oraz organizacje międzynarodowe wywierające wpływ na zapewnienie bezpieczeństwa narodowego i międzynarodowego..</w:t>
+        <w:t xml:space="preserve">Potrafi dostrzegać podstawowe problemy bezpieczeństwa w wymiarze międzynarodowym i narodowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test zaliczeniowy</w:t>
+        <w:t xml:space="preserve">Aktywność podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.T.P6S_WK, II.S.P6S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dostrzegać podstawowe problemy bezpieczeństwa w wymiarze międzynarodowym i narodowym.</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić ogólne analizy zagrożeń bezpieczeństwa międzynarodowego i narodowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Aktywność podczas zajęć</w:t>
+        <w:t xml:space="preserve">Wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U03, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dostrzegać podstawowe zasady z zakresu prawa humanitarnego i wojennego oraz problemy funkcjonowania organizacji w zakresie bezpieczeństwa międzynarodowego i narodowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>