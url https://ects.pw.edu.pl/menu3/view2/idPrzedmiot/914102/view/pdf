--- v1 (2025-12-25)
+++ v2 (2026-03-21)
@@ -751,277 +751,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W04, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie rolę oraz miejsce bezpieczeństwa w teoriach stosunków międzynarodowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie rolę oraz miejsce bezpieczeństwa w teoriach stosunków międzynarodowych.</w:t>
+        <w:t xml:space="preserve">Zna uwarunkowania, źródła i zagrożenia bezpieczeństwa międzynarodowego i narodowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna uwarunkowania, źródła i zagrożenia bezpieczeństwa międzynarodowego i narodowego</w:t>
+        <w:t xml:space="preserve">Zna podstawy prawa wojennego i humanitarnego oraz organizacje międzynarodowe wywierające wpływ na zapewnienie bezpieczeństwa narodowego i międzynarodowego..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W12, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.S.P6S_WG.2, II.T.P6S_WK, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.T.P6S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.T.P6S_WK, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>