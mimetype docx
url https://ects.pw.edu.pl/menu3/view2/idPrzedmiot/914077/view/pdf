--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -852,67 +852,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie jakie typy więzi wytwarzane są w określonych strukturach społecznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,67 +1072,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować zmiany w regulacjach prawnych służące do rozwiązania zdiagnozowanych problemów społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>