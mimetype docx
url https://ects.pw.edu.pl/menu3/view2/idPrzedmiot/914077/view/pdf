--- v1 (2025-12-25)
+++ v2 (2026-02-07)
@@ -782,67 +782,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie jakie są podstawowe koncepcje teoretyczne w socjologii prawa i rozumie ich przełożenie na obszar badań i metody badawcze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,67 +1072,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować zmiany w regulacjach prawnych służące do rozwiązania zdiagnozowanych problemów społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1158,51 +1158,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>