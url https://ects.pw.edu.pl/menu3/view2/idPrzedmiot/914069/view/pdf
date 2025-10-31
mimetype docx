--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -788,67 +788,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -999,67 +999,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1150,67 +1150,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1309,51 +1309,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1367,67 +1367,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1529,51 +1529,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1878,51 +1878,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń
 praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>