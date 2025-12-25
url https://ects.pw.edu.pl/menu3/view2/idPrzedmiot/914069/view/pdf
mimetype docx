--- v1 (2025-10-31)
+++ v2 (2025-12-25)
@@ -788,67 +788,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -858,67 +858,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o celach, funkcjach i zasadach gospodarki środkami publicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -999,67 +999,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie wiedzy w formie testu wyboru, testu z pytaniem otwartym lub krótkiej odpowiedzi na określony temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1166,51 +1166,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1309,51 +1309,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykonywać zadania w warunkach nie w pełni przewidywalnych przez właściwy
 dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej
 analizy i syntezy tych informacji.
 </w:t>
       </w:r>
     </w:p>
@@ -1367,67 +1367,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1529,51 +1529,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1736,51 +1736,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca własna związana z analizą aktów prawnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>