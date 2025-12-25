--- v1 (2025-11-03)
+++ v2 (2025-12-25)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wskazuje różnice pomiędzy prawem Unii Europejskiej a prawem międzynarodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>