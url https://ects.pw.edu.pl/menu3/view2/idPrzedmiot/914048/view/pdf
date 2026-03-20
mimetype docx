--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -1010,51 +1010,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1166,51 +1166,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1220,51 +1220,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>