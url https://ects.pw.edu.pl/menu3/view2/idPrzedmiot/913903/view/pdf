--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -841,51 +841,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystawiana jest na podstawie oceny z egzaminu. Pytania na egzaminie dotyczą materiału obejmującego całą treść wykładu. Minimum 1 pytanie do każdego wykładu odnoszące się do realizowanego efektu. Każde z pytań jest oceniane, punktowane. Warunkiem otrzymania oceny pozytywnej jest udzielenie poprawnej odpowiedzi na połowę plus jedno pytań. Na egzaminach brak możliwości korzystania z materiałów pomocniczych. Możliwość zwolnienia studenta z egzaminu pod warunkiem wygłoszenia referatu na wykładzie na wskazany temat inżynierski związany z tematyką przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>