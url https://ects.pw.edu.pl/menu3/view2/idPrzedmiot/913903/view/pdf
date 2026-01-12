--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystawiana jest na podstawie oceny z egzaminu. Pytania na egzaminie dotyczą materiału obejmującego całą treść wykładu. Minimum 1 pytanie do każdego wykładu odnoszące się do realizowanego efektu. Każde z pytań jest oceniane, punktowane. Warunkiem otrzymania oceny pozytywnej jest udzielenie poprawnej odpowiedzi na połowę plus jedno pytań. Na egzaminach brak możliwości korzystania z materiałów pomocniczych. Możliwość zwolnienia studenta z egzaminu pod warunkiem wygłoszenia referatu na wykładzie na wskazany temat inżynierski związany z tematyką przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>