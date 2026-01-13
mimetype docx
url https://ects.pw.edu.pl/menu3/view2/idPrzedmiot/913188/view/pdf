--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -791,67 +791,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Pisemna(e) praca(e) zaliczająca(e) [praca indywidualna]
 2) Projekt / badanie / studium przypadku [praca grupowa]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student będzie posiadał dogłębną wiedzę na temat specyfiki narzędzi marketingu cyfrowego i mobilnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1031,51 +1031,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>