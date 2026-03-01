--- v1 (2026-01-13)
+++ v2 (2026-03-01)
@@ -791,67 +791,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Pisemna(e) praca(e) zaliczająca(e) [praca indywidualna]
 2) Projekt / badanie / studium przypadku [praca grupowa]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student będzie posiadał dogłębną wiedzę na temat specyfiki narzędzi marketingu cyfrowego i mobilnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,51 +960,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować rozwiązanie wybranych problemów marketingowych występujących w podmiotach publicznych i nastawionych na zysk w zakresie digital &amp; mobile marketing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1015,67 +1015,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Ćwiczenia w klasie
 2) Ocena studium przypadku na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>