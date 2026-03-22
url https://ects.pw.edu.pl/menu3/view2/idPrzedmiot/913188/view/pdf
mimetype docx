--- v2 (2026-03-01)
+++ v3 (2026-03-22)
@@ -862,51 +862,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Pisemna(e) praca(e) zaliczająca(e) [praca indywidualna]
 2) Projekt / badanie / studium przypadku [praca grupowa]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -960,51 +960,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.3.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować rozwiązanie wybranych problemów marketingowych występujących w podmiotach publicznych i nastawionych na zysk w zakresie digital &amp; mobile marketing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1096,51 +1096,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Prezentacja projektu na zajęciach [praca w grupach]
 2) Dyskusja w klasie [praca indywidualna]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>