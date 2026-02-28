--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">est zaliczeniowy, prace domowe, udział w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna główne modele wyceny akcji i obligacji, a także zna i rozumie istotę instrumentów pochodnych - futures, opcji i swapów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1001,51 +1001,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat obowiązujących regulacji prawnych w zakresie instrumentów rynku pieniężnego i kapitałowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,67 +1135,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie kolokwium, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie dokonać wyceny papieru wartościowego na podstawie poznanych formuł, obliczać miary ryzyka związanego z obligacjami o stałym oprocentowaniu a także odróżnia instrumenty pochodne i poprawnie je definiuje, potrafi wskazać ich zastosowanie oraz skonstruować niektóre z nich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1205,67 +1205,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, rozwiązywanie zadań na zajęciach i w ramach pracy własnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 FIB, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U12, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wskazać i interpretować uwarunkowania prawne emisji papierów wartościowych służących finansowaniu długu publicznego rządowego i samorządowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1345,67 +1345,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach, prezentacja prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 FIB</w:t>
+        <w:t xml:space="preserve">K_U13 FIB, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>