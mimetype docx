--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">est zaliczeniowy, prace domowe, udział w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna główne modele wyceny akcji i obligacji, a także zna i rozumie istotę instrumentów pochodnych - futures, opcji i swapów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,67 +1135,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie kolokwium, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie dokonać wyceny papieru wartościowego na podstawie poznanych formuł, obliczać miary ryzyka związanego z obligacjami o stałym oprocentowaniu a także odróżnia instrumenty pochodne i poprawnie je definiuje, potrafi wskazać ich zastosowanie oraz skonstruować niektóre z nich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1345,67 +1345,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach, prezentacja prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 FIB, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>