--- v0 (2026-02-28)
+++ v1 (2026-03-23)
@@ -793,67 +793,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Pisemna(e) praca(e) zaliczająca(e) [praca indywidualna]
 2) Projekt / badanie / studium przypadku [praca grupowa]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zaznajomi się z rozwijającymi się od globalnego kryzysu finansowego, nowymi prądami intelektualnymi, kreującymi konieczność wzrostu roli instytucji publicznych, jako kluczowego agenta ekonomicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,51 +1033,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>