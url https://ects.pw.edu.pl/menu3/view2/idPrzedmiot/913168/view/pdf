--- v0 (2025-10-29)
+++ v1 (2025-12-26)
@@ -851,67 +851,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie na czym polega organizacja zespołu projektowego oraz jakie znaczenie ma właściwy dobór osób do zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,67 +925,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1083,67 +1083,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie zidentyfikować podstawowe problemy (zagrożenia) związane z realizacją projektu oraz umie zaproponować ich rozwiązanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>