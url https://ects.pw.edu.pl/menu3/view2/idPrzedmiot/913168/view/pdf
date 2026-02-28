--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -777,67 +777,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie na czym polega zarządzanie projektem informatycznym oraz wie czym się kierować w doborze metodyki zarządzania projektem informatycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,67 +925,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1009,67 +1009,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przygotować harmonogram realizacji projektu, potrafi monitorować etapy realizacji projektu oraz nabywa umiejętność oceny stopnia zaawansowania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>