--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -777,67 +777,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie na czym polega zarządzanie projektem informatycznym oraz wie czym się kierować w doborze metodyki zarządzania projektem informatycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -851,67 +851,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie na czym polega organizacja zespołu projektowego oraz jakie znaczenie ma właściwy dobór osób do zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1009,67 +1009,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadania projektowego (Praca zespołowa nad zadaniem projektowym. Omówienie wyników realizacji projektu. Ocena poprawności realizacji zadania oraz kreatywnego podejścia do realizacji zadania). 
 Alternatywnie możliwy Test podsumowujący wiedzę. 
 Dodatkowo możliwość oceny bieżącej dyskusji i aktywności studentów podczas zajęć.
 Warunkiem otrzymania oceny pozytywnej z ćwiczeń jest otrzymanie oceny pozytywnej za realizację zadania projektowego (min. 50%) lub oceny pozytywnej z testu (min. 50%).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UK, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przygotować harmonogram realizacji projektu, potrafi monitorować etapy realizacji projektu oraz nabywa umiejętność oceny stopnia zaawansowania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>